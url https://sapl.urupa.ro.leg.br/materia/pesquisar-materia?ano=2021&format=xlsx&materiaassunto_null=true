--- v0 (2025-10-24)
+++ v1 (2026-02-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1555" uniqueCount="760">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1555" uniqueCount="759">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -795,53 +795,50 @@
     <t>959</t>
   </si>
   <si>
     <t>P R L</t>
   </si>
   <si>
     <t>PROJETO RESOLUÇÃO LEGISLATIVA</t>
   </si>
   <si>
     <t>https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_resoluao_001_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFERÊNCIA AO PATRIMÔNIO DO PODER EXECUTIVO DE BENS MÓVEIS POR OBSOLESCÊNCIA OU IMPRESTABILIDADE QUE RELACIONA, PERTENCENTES À CÂMARA MUNICIPAL DE URUPÁ/RO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1037/projeto_de_resolucao_002_2021_revisao_geral_anual_de_vencimentos_e_equiparacao_salarial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão geral anual de vencimentos e equiparação salarial no âmbito do Poder Legislativo Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>1050</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1050/projeto_de_resolucao_alteracao_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre modificação dos artigos 21 e 23 do Regimento Interno do Poder Legislativo de Urupá</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1068/camscanner_11-03-2021_08.33.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE DIÁRIAS AOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE URUPÁ/RO</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1087/projeto_de_resolucao_005_2021.pdf</t>
   </si>
   <si>
     <t>“Autoriza a realização de concurso público para provimento de cargos, observando-se o disposto nos artigos 37 e 169 da Constituição Federal, promovidos pela Câmara Municipal em conjunto com a Prefeitura Municipal de Urupá/RO, conforme especifica, e dá outras providencias”.</t>
   </si>
   <si>
     <t>996</t>
   </si>
@@ -2652,51 +2649,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/926/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/927/projeto_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/928/projeto_5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/947/projeto_de_lei__06_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/952/projeto_de_lei_07_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/953/projeto_de_lei_08_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/954/projeto_de_lei_09_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_010_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/973/projeto_de_lei_011_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/972/projeto_de_lei_012_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/981/projeto_de_lei_013_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/982/projeto_de_lei_014_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1006/projeto_de_lei_n_015_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1009/projeto_de_lei_016_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1013/projeto_de_lei_017_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1021/camscanner_08-09-2021_10.22.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1022/camscanner_08-09-2021_11.25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1023/camscanner_08-10-2021_09.00.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1024/projeto_de_lei_021_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1039/projeto_de_lei_022_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1040/projeto_de_lei_023021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1041/projeto_de_lei_024_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1045/projeto_de_lei_025_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1046/projeto_de_lei_026_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1047/projeto_de_lei_027_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1048/projeto_de_lei_028_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1049/projeto_de_lei_029_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1051/projeto_de_lei_030_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1081/projeto_de_lei_033_2021_loa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1063/projeto_de_lei_034_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1064/projeto_de_lei_035_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1065/projeto_de_lei_036_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1066/projeto_de_lei_037_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1067/projeto_de_lei_038_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1074/projeto_de_lei_039_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1075/projeto_de_lei__040_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1076/projeto_de_lei__041_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1086/projeto_de_lei_042_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1077/projeto_de_lei__043_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1080/projeto_de_lei_044_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1089/projeto_de_lei_045_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1091/projeto_de_lei_046_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1094/projeto_de_lei_047_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1095/projeto_de_lei_n._048.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1096/projeto_de_lei_049_2021_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1097/projeto_de_lei_050_2021_1640183296_original_imprimir_1.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1090/emenda_modificativa_001_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/990/mocao_vereador_jose__flavio_gomes.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/961/projeto_de_lei_012_2021_autoria_joao_batista_de_oliveira__institui_o_programa_farmaciasolidaria_no_municipio_de_urupa_ro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/974/projeto_de_lei_001_2021_autor_laerte_lima_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/997/projeto_de_lei_001_2021_eliel_marcos_de_oliveira_cadastro_de_licitante_2.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_011_2021_autoria_poder_legislativo__ademilson_antonio_da_silva_dispoe_sobre_gravacao_em_audio_e_video_e_divulgacao_dos_resultados_de_processos_licitatorios_e_sua_transmissao_ao_vivo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/998/002_2021_projeto_de_lei_doacao_de_sangue__autor_eliel_marcos_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1036/pl_ver.wesley_alteracao_proterra.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1056/projeto_de_lei_001_2021_dispoe_sobre_concessao_de_auxilio_alimentacao_e_auxilio_saude.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1057/projeto_de_lei_001_2021_autoria_antonio_pereira_nunes.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_resoluao_001_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1037/projeto_de_resolucao_002_2021_revisao_geral_anual_de_vencimentos_e_equiparacao_salarial.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1050/projeto_de_resolucao_alteracao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1068/camscanner_11-03-2021_08.33.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1087/projeto_de_resolucao_005_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1042/requerimento_laerte_lima_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/897/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/898/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/899/indicacao_3.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/902/indicacao_4.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/900/indicacao_5.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/901/indicacao_6.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/903/indicacao_7.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/904/indicacao_8.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/905/indicacao_9.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/906/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/907/indicacao_11.pdf.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/908/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/909/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/910/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/911/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/912/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/913/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/914/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/916/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/917/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/918/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/920/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/921/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/922/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/923/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/925/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/929/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/936/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/937/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/930/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/931/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/932/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/933/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/934/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/938/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/939/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/940/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/942/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/943/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/944/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/945/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/946/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/948/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/949/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/950/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/951/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/955/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/956/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/957/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/962/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/963/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/964/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/965/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/966/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/969/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/970/indicacao_6263.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/971/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/975/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/976/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/977/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/979/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/980/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/983/69.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/984/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/985/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/986/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/987/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/988/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/989/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/991/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/992/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/993/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/994/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/995/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/999/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1000/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1001/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1002/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1003/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1005/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1007/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1008/indicacao_90.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1010/indicacao_91.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1011/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1012/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1014/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1015/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1016/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1018/indicicacao_98.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1019/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1020/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1025/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1026/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1027/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1028/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1029/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1030/indicacao_106.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1031/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1032/indicacao_108.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1033/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1034/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1035/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1038/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1043/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1044/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1052/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1053/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1054/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1055/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1058/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1059/indicacao_120.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1060/indicacao_121.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1061/indicacao_122.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1062/camscanner_10-15-2021_08.43.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1069/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1070/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1071/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1072/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1073/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1082/indicacao_130.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1083/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1084/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1085/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1088/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1092/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1093/indicacao_136.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/926/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/927/projeto_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/928/projeto_5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/947/projeto_de_lei__06_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/952/projeto_de_lei_07_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/953/projeto_de_lei_08_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/954/projeto_de_lei_09_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/958/projeto_de_lei_010_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/973/projeto_de_lei_011_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/972/projeto_de_lei_012_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/981/projeto_de_lei_013_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/982/projeto_de_lei_014_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1006/projeto_de_lei_n_015_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1009/projeto_de_lei_016_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1013/projeto_de_lei_017_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1021/camscanner_08-09-2021_10.22.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1022/camscanner_08-09-2021_11.25.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1023/camscanner_08-10-2021_09.00.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1024/projeto_de_lei_021_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1039/projeto_de_lei_022_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1040/projeto_de_lei_023021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1041/projeto_de_lei_024_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1045/projeto_de_lei_025_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1046/projeto_de_lei_026_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1047/projeto_de_lei_027_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1048/projeto_de_lei_028_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1049/projeto_de_lei_029_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1051/projeto_de_lei_030_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1081/projeto_de_lei_033_2021_loa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1063/projeto_de_lei_034_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1064/projeto_de_lei_035_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1065/projeto_de_lei_036_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1066/projeto_de_lei_037_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1067/projeto_de_lei_038_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1074/projeto_de_lei_039_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1075/projeto_de_lei__040_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1076/projeto_de_lei__041_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1086/projeto_de_lei_042_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1077/projeto_de_lei__043_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1080/projeto_de_lei_044_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1089/projeto_de_lei_045_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1091/projeto_de_lei_046_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1094/projeto_de_lei_047_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1095/projeto_de_lei_n._048.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1096/projeto_de_lei_049_2021_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1097/projeto_de_lei_050_2021_1640183296_original_imprimir_1.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1090/emenda_modificativa_001_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/990/mocao_vereador_jose__flavio_gomes.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/961/projeto_de_lei_012_2021_autoria_joao_batista_de_oliveira__institui_o_programa_farmaciasolidaria_no_municipio_de_urupa_ro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/974/projeto_de_lei_001_2021_autor_laerte_lima_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/997/projeto_de_lei_001_2021_eliel_marcos_de_oliveira_cadastro_de_licitante_2.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/960/projeto_de_lei_011_2021_autoria_poder_legislativo__ademilson_antonio_da_silva_dispoe_sobre_gravacao_em_audio_e_video_e_divulgacao_dos_resultados_de_processos_licitatorios_e_sua_transmissao_ao_vivo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/998/002_2021_projeto_de_lei_doacao_de_sangue__autor_eliel_marcos_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1036/pl_ver.wesley_alteracao_proterra.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1056/projeto_de_lei_001_2021_dispoe_sobre_concessao_de_auxilio_alimentacao_e_auxilio_saude.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1057/projeto_de_lei_001_2021_autoria_antonio_pereira_nunes.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/959/projeto_de_resoluao_001_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1037/projeto_de_resolucao_002_2021_revisao_geral_anual_de_vencimentos_e_equiparacao_salarial.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1068/camscanner_11-03-2021_08.33.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1087/projeto_de_resolucao_005_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1042/requerimento_laerte_lima_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/897/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/898/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/899/indicacao_3.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/902/indicacao_4.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/900/indicacao_5.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/901/indicacao_6.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/903/indicacao_7.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/904/indicacao_8.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/905/indicacao_9.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/906/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/907/indicacao_11.pdf.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/908/indicacao_12.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/909/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/910/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/911/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/912/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/913/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/914/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/916/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/917/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/918/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/919/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/920/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/921/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/922/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/923/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/925/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/929/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/936/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/937/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/930/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/931/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/932/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/933/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/934/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/938/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/939/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/940/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/942/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/943/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/944/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/945/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/946/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/948/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/949/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/950/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/951/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/955/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/956/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/957/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/962/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/963/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/964/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/965/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/966/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/969/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/970/indicacao_6263.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/971/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/975/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/976/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/977/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/979/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/980/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/983/69.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/984/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/985/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/986/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/987/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/988/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/989/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/991/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/992/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/993/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/994/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/995/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/999/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1000/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1001/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1002/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1003/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1005/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1007/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1008/indicacao_90.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1010/indicacao_91.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1011/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1012/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1014/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1015/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1016/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1018/indicicacao_98.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1019/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1020/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1025/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1026/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1027/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1028/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1029/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1030/indicacao_106.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1031/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1032/indicacao_108.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1033/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1034/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1035/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1038/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1043/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1044/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1052/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1053/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1054/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1055/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1058/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1059/indicacao_120.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1060/indicacao_121.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1061/indicacao_122.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1062/camscanner_10-15-2021_08.43.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1069/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1070/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1071/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1072/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1073/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1082/indicacao_130.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1083/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1084/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1085/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1088/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1092/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.urupa.ro.leg.br/media/sapl/public/materialegislativa/2021/1093/indicacao_136.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H202"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -4167,3621 +4164,3621 @@
       </c>
       <c r="G63" s="1" t="s">
         <v>258</v>
       </c>
       <c r="H63" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>260</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>19</v>
       </c>
       <c r="D64" t="s">
         <v>253</v>
       </c>
       <c r="E64" t="s">
         <v>254</v>
       </c>
       <c r="G64" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H64" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>23</v>
       </c>
       <c r="D65" t="s">
         <v>253</v>
       </c>
       <c r="E65" t="s">
         <v>254</v>
       </c>
       <c r="G65" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H65" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>27</v>
       </c>
       <c r="D66" t="s">
         <v>253</v>
       </c>
       <c r="E66" t="s">
         <v>254</v>
       </c>
       <c r="G66" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H66" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
+        <v>269</v>
+      </c>
+      <c r="E67" t="s">
         <v>270</v>
       </c>
-      <c r="E67" t="s">
+      <c r="F67" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H67" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>16</v>
       </c>
       <c r="D68" t="s">
+        <v>269</v>
+      </c>
+      <c r="E68" t="s">
         <v>270</v>
       </c>
-      <c r="E68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G68" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H68" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E69" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F69" t="s">
         <v>223</v>
       </c>
       <c r="G69" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H69" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>16</v>
       </c>
       <c r="D70" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E70" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F70" t="s">
         <v>237</v>
       </c>
       <c r="G70" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H70" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>19</v>
       </c>
       <c r="D71" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E71" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F71" t="s">
         <v>249</v>
       </c>
       <c r="G71" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H71" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>23</v>
       </c>
       <c r="D72" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E72" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F72" t="s">
         <v>217</v>
       </c>
       <c r="G72" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H72" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>27</v>
       </c>
       <c r="D73" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E73" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F73" t="s">
         <v>233</v>
       </c>
       <c r="G73" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H73" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>31</v>
       </c>
       <c r="D74" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E74" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F74" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="G74" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H74" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>35</v>
       </c>
       <c r="D75" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E75" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F75" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="G75" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H75" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>39</v>
       </c>
       <c r="D76" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E76" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F76" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="G76" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H76" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>43</v>
       </c>
       <c r="D77" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E77" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F77" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="G77" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H77" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>47</v>
       </c>
       <c r="D78" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E78" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F78" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="G78" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H78" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>51</v>
       </c>
       <c r="D79" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E79" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F79" t="s">
+        <v>309</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="G79" s="1" t="s">
+      <c r="H79" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>55</v>
       </c>
       <c r="D80" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E80" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F80" t="s">
         <v>223</v>
       </c>
       <c r="G80" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H80" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>59</v>
       </c>
       <c r="D81" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E81" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F81" t="s">
+        <v>316</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="G81" s="1" t="s">
+      <c r="H81" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>63</v>
       </c>
       <c r="D82" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E82" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F82" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="G82" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H82" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>67</v>
       </c>
       <c r="D83" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E83" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F83" t="s">
         <v>241</v>
       </c>
       <c r="G83" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H83" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>71</v>
       </c>
       <c r="D84" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E84" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F84" t="s">
         <v>237</v>
       </c>
       <c r="G84" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H84" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>75</v>
       </c>
       <c r="D85" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E85" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F85" t="s">
         <v>223</v>
       </c>
       <c r="G85" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H85" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>79</v>
       </c>
       <c r="D86" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E86" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F86" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="G86" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H86" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>83</v>
       </c>
       <c r="D87" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E87" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F87" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H87" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>87</v>
       </c>
       <c r="D88" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E88" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F88" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="G88" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H88" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>91</v>
       </c>
       <c r="D89" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E89" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F89" t="s">
         <v>249</v>
       </c>
       <c r="G89" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H89" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>95</v>
       </c>
       <c r="D90" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E90" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F90" t="s">
         <v>237</v>
       </c>
       <c r="G90" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="H90" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>99</v>
       </c>
       <c r="D91" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E91" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F91" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="G91" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H91" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>103</v>
       </c>
       <c r="D92" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E92" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F92" t="s">
         <v>241</v>
       </c>
       <c r="G92" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H92" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>107</v>
       </c>
       <c r="D93" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E93" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F93" t="s">
         <v>223</v>
       </c>
       <c r="G93" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H93" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>111</v>
       </c>
       <c r="D94" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E94" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F94" t="s">
         <v>233</v>
       </c>
       <c r="G94" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H94" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>115</v>
       </c>
       <c r="D95" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E95" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F95" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="G95" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H95" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>119</v>
       </c>
       <c r="D96" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E96" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F96" t="s">
         <v>249</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H96" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>123</v>
       </c>
       <c r="D97" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E97" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="G97" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H97" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>127</v>
       </c>
       <c r="D98" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E98" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F98" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="G98" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H98" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>131</v>
       </c>
       <c r="D99" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E99" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F99" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="G99" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H99" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>134</v>
       </c>
       <c r="D100" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E100" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F100" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="G100" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H100" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>137</v>
       </c>
       <c r="D101" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E101" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F101" t="s">
         <v>237</v>
       </c>
       <c r="G101" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="H101" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>141</v>
       </c>
       <c r="D102" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E102" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F102" t="s">
         <v>241</v>
       </c>
       <c r="G102" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H102" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>145</v>
       </c>
       <c r="D103" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E103" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F103" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="G103" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H103" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>149</v>
       </c>
       <c r="D104" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E104" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F104" t="s">
         <v>223</v>
       </c>
       <c r="G104" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H104" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>153</v>
       </c>
       <c r="D105" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E105" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F105" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="G105" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H105" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>157</v>
       </c>
       <c r="D106" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E106" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F106" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="G106" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H106" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>161</v>
       </c>
       <c r="D107" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E107" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F107" t="s">
         <v>237</v>
       </c>
       <c r="G107" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H107" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>165</v>
       </c>
       <c r="D108" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E108" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F108" t="s">
         <v>223</v>
       </c>
       <c r="G108" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="H108" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>169</v>
       </c>
       <c r="D109" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E109" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F109" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H109" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>173</v>
       </c>
       <c r="D110" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E110" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F110" t="s">
         <v>237</v>
       </c>
       <c r="G110" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H110" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>177</v>
       </c>
       <c r="D111" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E111" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F111" t="s">
         <v>237</v>
       </c>
       <c r="G111" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="H111" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>181</v>
       </c>
       <c r="D112" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E112" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F112" t="s">
         <v>223</v>
       </c>
       <c r="G112" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H112" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>185</v>
       </c>
       <c r="D113" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E113" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F113" t="s">
         <v>241</v>
       </c>
       <c r="G113" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H113" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>189</v>
       </c>
       <c r="D114" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E114" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F114" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="G114" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H114" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>193</v>
       </c>
       <c r="D115" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E115" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F115" t="s">
         <v>237</v>
       </c>
       <c r="G115" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="H115" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>197</v>
       </c>
       <c r="D116" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E116" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F116" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="G116" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="H116" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>201</v>
       </c>
       <c r="D117" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E117" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F117" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="G117" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="H117" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>205</v>
       </c>
       <c r="D118" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E118" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F118" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="G118" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="H118" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>427</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
         <v>428</v>
       </c>
-      <c r="B119" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D119" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E119" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F119" t="s">
         <v>237</v>
       </c>
       <c r="G119" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="H119" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>431</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
         <v>432</v>
       </c>
-      <c r="B120" t="s">
-[...2 lines deleted...]
-      <c r="C120" t="s">
+      <c r="D120" t="s">
+        <v>277</v>
+      </c>
+      <c r="E120" t="s">
+        <v>278</v>
+      </c>
+      <c r="F120" t="s">
+        <v>316</v>
+      </c>
+      <c r="G120" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="D120" t="s">
-[...8 lines deleted...]
-      <c r="G120" s="1" t="s">
+      <c r="H120" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>435</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
         <v>436</v>
       </c>
-      <c r="B121" t="s">
-[...2 lines deleted...]
-      <c r="C121" t="s">
+      <c r="D121" t="s">
+        <v>277</v>
+      </c>
+      <c r="E121" t="s">
+        <v>278</v>
+      </c>
+      <c r="F121" t="s">
+        <v>309</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="D121" t="s">
-[...8 lines deleted...]
-      <c r="G121" s="1" t="s">
+      <c r="H121" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>439</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
         <v>440</v>
       </c>
-      <c r="B122" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D122" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E122" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F122" t="s">
         <v>233</v>
       </c>
       <c r="G122" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="H122" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>443</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
         <v>444</v>
       </c>
-      <c r="B123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D123" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E123" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F123" t="s">
         <v>237</v>
       </c>
       <c r="G123" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="H123" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>447</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
         <v>448</v>
       </c>
-      <c r="B124" t="s">
-[...2 lines deleted...]
-      <c r="C124" t="s">
+      <c r="D124" t="s">
+        <v>277</v>
+      </c>
+      <c r="E124" t="s">
+        <v>278</v>
+      </c>
+      <c r="F124" t="s">
+        <v>309</v>
+      </c>
+      <c r="G124" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="D124" t="s">
-[...8 lines deleted...]
-      <c r="G124" s="1" t="s">
+      <c r="H124" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>451</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
         <v>452</v>
       </c>
-      <c r="B125" t="s">
-[...2 lines deleted...]
-      <c r="C125" t="s">
+      <c r="D125" t="s">
+        <v>277</v>
+      </c>
+      <c r="E125" t="s">
+        <v>278</v>
+      </c>
+      <c r="F125" t="s">
+        <v>316</v>
+      </c>
+      <c r="G125" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="D125" t="s">
-[...8 lines deleted...]
-      <c r="G125" s="1" t="s">
+      <c r="H125" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>455</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
         <v>456</v>
       </c>
-      <c r="B126" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D126" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E126" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F126" t="s">
         <v>223</v>
       </c>
       <c r="G126" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H126" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>459</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
         <v>460</v>
       </c>
-      <c r="B127" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D127" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E127" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F127" t="s">
         <v>223</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H127" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>462</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
         <v>463</v>
       </c>
-      <c r="B128" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D128" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E128" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F128" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H128" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>465</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
         <v>466</v>
       </c>
-      <c r="B129" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D129" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E129" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F129" t="s">
         <v>241</v>
       </c>
       <c r="G129" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="H129" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>469</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
         <v>470</v>
       </c>
-      <c r="B130" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D130" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E130" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F130" t="s">
         <v>241</v>
       </c>
       <c r="G130" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="H130" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>473</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
         <v>474</v>
       </c>
-      <c r="B131" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D131" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E131" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F131" t="s">
         <v>237</v>
       </c>
       <c r="G131" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H131" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>477</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
         <v>478</v>
       </c>
-      <c r="B132" t="s">
-[...2 lines deleted...]
-      <c r="C132" t="s">
+      <c r="D132" t="s">
+        <v>277</v>
+      </c>
+      <c r="E132" t="s">
+        <v>278</v>
+      </c>
+      <c r="F132" t="s">
+        <v>309</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="D132" t="s">
-[...8 lines deleted...]
-      <c r="G132" s="1" t="s">
+      <c r="H132" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>481</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
         <v>482</v>
       </c>
-      <c r="B133" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D133" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E133" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F133" t="s">
         <v>237</v>
       </c>
       <c r="G133" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="H133" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>485</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
         <v>486</v>
       </c>
-      <c r="B134" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D134" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E134" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F134" t="s">
         <v>249</v>
       </c>
       <c r="G134" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="H134" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>489</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
         <v>490</v>
       </c>
-      <c r="B135" t="s">
-[...2 lines deleted...]
-      <c r="C135" t="s">
+      <c r="D135" t="s">
+        <v>277</v>
+      </c>
+      <c r="E135" t="s">
+        <v>278</v>
+      </c>
+      <c r="F135" t="s">
+        <v>271</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="D135" t="s">
-[...8 lines deleted...]
-      <c r="G135" s="1" t="s">
+      <c r="H135" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>493</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
         <v>494</v>
       </c>
-      <c r="B136" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D136" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E136" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F136" t="s">
         <v>233</v>
       </c>
       <c r="G136" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="H136" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>497</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
         <v>498</v>
       </c>
-      <c r="B137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D137" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E137" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F137" t="s">
         <v>233</v>
       </c>
       <c r="G137" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="H137" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>501</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
         <v>502</v>
       </c>
-      <c r="B138" t="s">
-[...2 lines deleted...]
-      <c r="C138" t="s">
+      <c r="D138" t="s">
+        <v>277</v>
+      </c>
+      <c r="E138" t="s">
+        <v>278</v>
+      </c>
+      <c r="F138" t="s">
+        <v>309</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="D138" t="s">
-[...8 lines deleted...]
-      <c r="G138" s="1" t="s">
+      <c r="H138" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>505</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
         <v>506</v>
       </c>
-      <c r="B139" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D139" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E139" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F139" t="s">
         <v>241</v>
       </c>
       <c r="G139" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="H139" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>509</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
         <v>510</v>
       </c>
-      <c r="B140" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D140" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E140" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F140" t="s">
         <v>241</v>
       </c>
       <c r="G140" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H140" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>513</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
         <v>514</v>
       </c>
-      <c r="B141" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D141" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E141" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F141" t="s">
         <v>233</v>
       </c>
       <c r="G141" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H141" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>517</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
         <v>518</v>
       </c>
-      <c r="B142" t="s">
-[...2 lines deleted...]
-      <c r="C142" t="s">
+      <c r="D142" t="s">
+        <v>277</v>
+      </c>
+      <c r="E142" t="s">
+        <v>278</v>
+      </c>
+      <c r="F142" t="s">
+        <v>271</v>
+      </c>
+      <c r="G142" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="D142" t="s">
-[...8 lines deleted...]
-      <c r="G142" s="1" t="s">
+      <c r="H142" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>521</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
         <v>522</v>
       </c>
-      <c r="B143" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D143" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E143" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F143" t="s">
         <v>223</v>
       </c>
       <c r="G143" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H143" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>525</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
         <v>526</v>
       </c>
-      <c r="B144" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D144" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E144" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F144" t="s">
         <v>223</v>
       </c>
       <c r="G144" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H144" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>529</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
         <v>530</v>
       </c>
-      <c r="B145" t="s">
-[...2 lines deleted...]
-      <c r="C145" t="s">
+      <c r="D145" t="s">
+        <v>277</v>
+      </c>
+      <c r="E145" t="s">
+        <v>278</v>
+      </c>
+      <c r="F145" t="s">
+        <v>309</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="D145" t="s">
-[...8 lines deleted...]
-      <c r="G145" s="1" t="s">
+      <c r="H145" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>533</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
         <v>534</v>
       </c>
-      <c r="B146" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D146" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E146" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F146" t="s">
         <v>237</v>
       </c>
       <c r="G146" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H146" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>537</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
         <v>538</v>
       </c>
-      <c r="B147" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D147" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E147" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F147" t="s">
         <v>223</v>
       </c>
       <c r="G147" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H147" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>541</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
         <v>542</v>
       </c>
-      <c r="B148" t="s">
-[...2 lines deleted...]
-      <c r="C148" t="s">
+      <c r="D148" t="s">
+        <v>277</v>
+      </c>
+      <c r="E148" t="s">
+        <v>278</v>
+      </c>
+      <c r="F148" t="s">
+        <v>309</v>
+      </c>
+      <c r="G148" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="D148" t="s">
-[...8 lines deleted...]
-      <c r="G148" s="1" t="s">
+      <c r="H148" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>545</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
         <v>546</v>
       </c>
-      <c r="B149" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D149" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E149" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F149" t="s">
         <v>241</v>
       </c>
       <c r="G149" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H149" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>549</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
         <v>550</v>
       </c>
-      <c r="B150" t="s">
-[...2 lines deleted...]
-      <c r="C150" t="s">
+      <c r="D150" t="s">
+        <v>277</v>
+      </c>
+      <c r="E150" t="s">
+        <v>278</v>
+      </c>
+      <c r="F150" t="s">
+        <v>309</v>
+      </c>
+      <c r="G150" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="D150" t="s">
-[...8 lines deleted...]
-      <c r="G150" s="1" t="s">
+      <c r="H150" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>553</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
         <v>554</v>
       </c>
-      <c r="B151" t="s">
-[...2 lines deleted...]
-      <c r="C151" t="s">
+      <c r="D151" t="s">
+        <v>277</v>
+      </c>
+      <c r="E151" t="s">
+        <v>278</v>
+      </c>
+      <c r="F151" t="s">
+        <v>316</v>
+      </c>
+      <c r="G151" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="D151" t="s">
-[...8 lines deleted...]
-      <c r="G151" s="1" t="s">
+      <c r="H151" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>557</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
         <v>558</v>
       </c>
-      <c r="B152" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D152" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E152" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F152" t="s">
         <v>237</v>
       </c>
       <c r="G152" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H152" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>561</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
         <v>562</v>
       </c>
-      <c r="B153" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D153" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E153" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F153" t="s">
         <v>223</v>
       </c>
       <c r="G153" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="H153" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>565</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
         <v>566</v>
       </c>
-      <c r="B154" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D154" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E154" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F154" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H154" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>568</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
         <v>569</v>
       </c>
-      <c r="B155" t="s">
-[...2 lines deleted...]
-      <c r="C155" t="s">
+      <c r="D155" t="s">
+        <v>277</v>
+      </c>
+      <c r="E155" t="s">
+        <v>278</v>
+      </c>
+      <c r="F155" t="s">
+        <v>309</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="D155" t="s">
-[...8 lines deleted...]
-      <c r="G155" s="1" t="s">
+      <c r="H155" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>572</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
         <v>573</v>
       </c>
-      <c r="B156" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D156" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E156" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F156" t="s">
         <v>237</v>
       </c>
       <c r="G156" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="H156" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>576</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
         <v>577</v>
       </c>
-      <c r="B157" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D157" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E157" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F157" t="s">
         <v>237</v>
       </c>
       <c r="G157" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="H157" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>580</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
         <v>581</v>
       </c>
-      <c r="B158" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D158" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E158" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F158" t="s">
         <v>223</v>
       </c>
       <c r="G158" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="H158" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>584</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
         <v>585</v>
       </c>
-      <c r="B159" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D159" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E159" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F159" t="s">
         <v>223</v>
       </c>
       <c r="G159" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="H159" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>588</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
         <v>589</v>
       </c>
-      <c r="B160" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D160" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E160" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F160" t="s">
         <v>233</v>
       </c>
       <c r="G160" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="H160" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>592</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
         <v>593</v>
       </c>
-      <c r="B161" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D161" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E161" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F161" t="s">
         <v>249</v>
       </c>
       <c r="G161" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="H161" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>596</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
         <v>597</v>
       </c>
-      <c r="B162" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D162" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E162" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F162" t="s">
         <v>223</v>
       </c>
       <c r="G162" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H162" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>600</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
         <v>601</v>
       </c>
-      <c r="B163" t="s">
-[...2 lines deleted...]
-      <c r="C163" t="s">
+      <c r="D163" t="s">
+        <v>277</v>
+      </c>
+      <c r="E163" t="s">
+        <v>278</v>
+      </c>
+      <c r="F163" t="s">
+        <v>271</v>
+      </c>
+      <c r="G163" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="D163" t="s">
-[...8 lines deleted...]
-      <c r="G163" s="1" t="s">
+      <c r="H163" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>604</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
         <v>605</v>
       </c>
-      <c r="B164" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D164" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E164" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F164" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H164" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>607</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
         <v>608</v>
       </c>
-      <c r="B165" t="s">
-[...2 lines deleted...]
-      <c r="C165" t="s">
+      <c r="D165" t="s">
+        <v>277</v>
+      </c>
+      <c r="E165" t="s">
+        <v>278</v>
+      </c>
+      <c r="F165" t="s">
+        <v>316</v>
+      </c>
+      <c r="G165" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="D165" t="s">
-[...8 lines deleted...]
-      <c r="G165" s="1" t="s">
+      <c r="H165" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>611</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
         <v>612</v>
       </c>
-      <c r="B166" t="s">
-[...2 lines deleted...]
-      <c r="C166" t="s">
+      <c r="D166" t="s">
+        <v>277</v>
+      </c>
+      <c r="E166" t="s">
+        <v>278</v>
+      </c>
+      <c r="F166" t="s">
+        <v>316</v>
+      </c>
+      <c r="G166" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="D166" t="s">
-[...8 lines deleted...]
-      <c r="G166" s="1" t="s">
+      <c r="H166" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>615</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
         <v>616</v>
       </c>
-      <c r="B167" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D167" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E167" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F167" t="s">
         <v>237</v>
       </c>
       <c r="G167" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H167" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>619</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
         <v>620</v>
       </c>
-      <c r="B168" t="s">
-[...2 lines deleted...]
-      <c r="C168" t="s">
+      <c r="D168" t="s">
+        <v>277</v>
+      </c>
+      <c r="E168" t="s">
+        <v>278</v>
+      </c>
+      <c r="G168" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="D168" t="s">
-[...5 lines deleted...]
-      <c r="G168" s="1" t="s">
+      <c r="H168" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>623</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
         <v>624</v>
       </c>
-      <c r="B169" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D169" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E169" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F169" t="s">
         <v>233</v>
       </c>
       <c r="G169" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H169" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>627</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
         <v>628</v>
       </c>
-      <c r="B170" t="s">
-[...2 lines deleted...]
-      <c r="C170" t="s">
+      <c r="D170" t="s">
+        <v>277</v>
+      </c>
+      <c r="E170" t="s">
+        <v>278</v>
+      </c>
+      <c r="F170" t="s">
+        <v>316</v>
+      </c>
+      <c r="G170" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="D170" t="s">
-[...8 lines deleted...]
-      <c r="G170" s="1" t="s">
+      <c r="H170" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>631</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
         <v>632</v>
       </c>
-      <c r="B171" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D171" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E171" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F171" t="s">
         <v>233</v>
       </c>
       <c r="G171" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H171" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>635</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
         <v>636</v>
       </c>
-      <c r="B172" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D172" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E172" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F172" t="s">
         <v>223</v>
       </c>
       <c r="G172" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="H172" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>639</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
         <v>640</v>
       </c>
-      <c r="B173" t="s">
-[...2 lines deleted...]
-      <c r="C173" t="s">
+      <c r="D173" t="s">
+        <v>277</v>
+      </c>
+      <c r="E173" t="s">
+        <v>278</v>
+      </c>
+      <c r="F173" t="s">
+        <v>316</v>
+      </c>
+      <c r="G173" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="D173" t="s">
-[...8 lines deleted...]
-      <c r="G173" s="1" t="s">
+      <c r="H173" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>643</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
         <v>644</v>
       </c>
-      <c r="B174" t="s">
-[...2 lines deleted...]
-      <c r="C174" t="s">
+      <c r="D174" t="s">
+        <v>277</v>
+      </c>
+      <c r="E174" t="s">
+        <v>278</v>
+      </c>
+      <c r="F174" t="s">
+        <v>309</v>
+      </c>
+      <c r="G174" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="D174" t="s">
-[...8 lines deleted...]
-      <c r="G174" s="1" t="s">
+      <c r="H174" t="s">
         <v>646</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>647</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
         <v>648</v>
       </c>
-      <c r="B175" t="s">
-[...2 lines deleted...]
-      <c r="C175" t="s">
+      <c r="D175" t="s">
+        <v>277</v>
+      </c>
+      <c r="E175" t="s">
+        <v>278</v>
+      </c>
+      <c r="F175" t="s">
+        <v>309</v>
+      </c>
+      <c r="G175" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="D175" t="s">
-[...8 lines deleted...]
-      <c r="G175" s="1" t="s">
+      <c r="H175" t="s">
         <v>650</v>
-      </c>
-[...1 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
+        <v>651</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
         <v>652</v>
       </c>
-      <c r="B176" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D176" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E176" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F176" t="s">
         <v>249</v>
       </c>
       <c r="G176" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H176" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
+        <v>655</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
         <v>656</v>
       </c>
-      <c r="B177" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D177" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E177" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F177" t="s">
         <v>249</v>
       </c>
       <c r="G177" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H177" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>659</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
         <v>660</v>
       </c>
-      <c r="B178" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D178" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E178" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F178" t="s">
         <v>233</v>
       </c>
       <c r="G178" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H178" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>663</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
         <v>664</v>
       </c>
-      <c r="B179" t="s">
-[...2 lines deleted...]
-      <c r="C179" t="s">
+      <c r="D179" t="s">
+        <v>277</v>
+      </c>
+      <c r="E179" t="s">
+        <v>278</v>
+      </c>
+      <c r="F179" t="s">
+        <v>271</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="D179" t="s">
-[...8 lines deleted...]
-      <c r="G179" s="1" t="s">
+      <c r="H179" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>667</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
         <v>668</v>
       </c>
-      <c r="B180" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D180" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E180" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F180" t="s">
         <v>249</v>
       </c>
       <c r="G180" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H180" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>671</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
         <v>672</v>
       </c>
-      <c r="B181" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D181" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E181" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F181" t="s">
         <v>249</v>
       </c>
       <c r="G181" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H181" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>675</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
         <v>676</v>
       </c>
-      <c r="B182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D182" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E182" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F182" t="s">
         <v>249</v>
       </c>
       <c r="G182" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="H182" t="s">
         <v>678</v>
-      </c>
-[...1 lines deleted...]
-        <v>679</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>679</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
         <v>680</v>
       </c>
-      <c r="B183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D183" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E183" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F183" t="s">
         <v>249</v>
       </c>
       <c r="G183" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H183" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>683</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
         <v>684</v>
       </c>
-      <c r="B184" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D184" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E184" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F184" t="s">
         <v>223</v>
       </c>
       <c r="G184" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H184" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
+        <v>687</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
         <v>688</v>
       </c>
-      <c r="B185" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D185" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E185" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F185" t="s">
         <v>223</v>
       </c>
       <c r="G185" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="H185" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>691</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
         <v>692</v>
       </c>
-      <c r="B186" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D186" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E186" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F186" t="s">
         <v>233</v>
       </c>
       <c r="G186" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H186" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>695</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
         <v>696</v>
       </c>
-      <c r="B187" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D187" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E187" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F187" t="s">
         <v>237</v>
       </c>
       <c r="G187" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H187" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>699</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
         <v>700</v>
       </c>
-      <c r="B188" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D188" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E188" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F188" t="s">
         <v>237</v>
       </c>
       <c r="G188" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H188" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>703</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
         <v>704</v>
       </c>
-      <c r="B189" t="s">
-[...2 lines deleted...]
-      <c r="C189" t="s">
+      <c r="D189" t="s">
+        <v>277</v>
+      </c>
+      <c r="E189" t="s">
+        <v>278</v>
+      </c>
+      <c r="F189" t="s">
+        <v>309</v>
+      </c>
+      <c r="G189" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="D189" t="s">
-[...8 lines deleted...]
-      <c r="G189" s="1" t="s">
+      <c r="H189" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
+        <v>707</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
         <v>708</v>
       </c>
-      <c r="B190" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D190" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E190" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F190" t="s">
         <v>249</v>
       </c>
       <c r="G190" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H190" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
+        <v>711</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
         <v>712</v>
       </c>
-      <c r="B191" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D191" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E191" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F191" t="s">
         <v>217</v>
       </c>
       <c r="G191" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="H191" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
+        <v>715</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
         <v>716</v>
       </c>
-      <c r="B192" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D192" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E192" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F192" t="s">
         <v>237</v>
       </c>
       <c r="G192" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="H192" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
+        <v>719</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
         <v>720</v>
       </c>
-      <c r="B193" t="s">
-[...2 lines deleted...]
-      <c r="C193" t="s">
+      <c r="D193" t="s">
+        <v>277</v>
+      </c>
+      <c r="E193" t="s">
+        <v>278</v>
+      </c>
+      <c r="G193" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="D193" t="s">
-[...5 lines deleted...]
-      <c r="G193" s="1" t="s">
+      <c r="H193" t="s">
         <v>722</v>
-      </c>
-[...1 lines deleted...]
-        <v>723</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
+        <v>723</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
         <v>724</v>
       </c>
-      <c r="B194" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D194" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E194" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F194" t="s">
         <v>249</v>
       </c>
       <c r="G194" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H194" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
+        <v>727</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
         <v>728</v>
       </c>
-      <c r="B195" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D195" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E195" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F195" t="s">
         <v>241</v>
       </c>
       <c r="G195" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="H195" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>731</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
         <v>732</v>
       </c>
-      <c r="B196" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D196" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E196" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F196" t="s">
         <v>237</v>
       </c>
       <c r="G196" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H196" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
+        <v>735</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
         <v>736</v>
       </c>
-      <c r="B197" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D197" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E197" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F197" t="s">
         <v>211</v>
       </c>
       <c r="G197" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H197" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
+        <v>739</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
         <v>740</v>
       </c>
-      <c r="B198" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D198" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E198" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F198" t="s">
         <v>237</v>
       </c>
       <c r="G198" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="H198" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
+        <v>743</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
         <v>744</v>
       </c>
-      <c r="B199" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D199" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E199" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F199" t="s">
         <v>241</v>
       </c>
       <c r="G199" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="H199" t="s">
         <v>746</v>
-      </c>
-[...1 lines deleted...]
-        <v>747</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
+        <v>747</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
         <v>748</v>
       </c>
-      <c r="B200" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D200" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E200" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F200" t="s">
         <v>249</v>
       </c>
       <c r="G200" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H200" t="s">
         <v>750</v>
-      </c>
-[...1 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>751</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
         <v>752</v>
       </c>
-      <c r="B201" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D201" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="E201" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="F201" t="s">
         <v>233</v>
       </c>
       <c r="G201" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H201" t="s">
         <v>754</v>
-      </c>
-[...1 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>755</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
         <v>756</v>
       </c>
-      <c r="B202" t="s">
-[...2 lines deleted...]
-      <c r="C202" t="s">
+      <c r="D202" t="s">
+        <v>277</v>
+      </c>
+      <c r="E202" t="s">
+        <v>278</v>
+      </c>
+      <c r="G202" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="D202" t="s">
-[...5 lines deleted...]
-      <c r="G202" s="1" t="s">
+      <c r="H202" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>